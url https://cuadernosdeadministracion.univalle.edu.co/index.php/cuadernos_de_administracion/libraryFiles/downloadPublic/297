--- v0 (2026-01-10)
+++ v1 (2026-03-16)
@@ -1,2906 +1,3208 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4E942E8F" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
-[...18 lines deleted...]
-    <w:p w14:paraId="25CB0189" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="00000001" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRDefault="00496CE2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7806B996" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
+    <w:p w14:paraId="00000002" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRDefault="00496CE2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="350AA102" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="00000003" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Carta de compromiso</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000004" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000005" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Yo, XXX, identificado con el documento No. XXX, confirmo que soy el autor del texto “XXX” y que tengo la titularidad de sus derechos</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73CFAAC2" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
+    <w:p w14:paraId="00000006" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00D6B6F0" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="00000007" w14:textId="016A8D36" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Por voluntad propia, he decidido someter el texto mencionado al proceso de evaluación y probable publicación en la </w:t>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Por voluntad propia, he decidido someter el texto mencionado al proceso de evaluación y probable publicación en la</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>rev</w:t>
+      <w:r w:rsidR="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> revista</w:t>
       </w:r>
-      <w:r>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="0042492A">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          </w:rPr>
+          <w:tag w:val="goog_rdk_0"/>
+          <w:id w:val="-1759646472"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00725097">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00725097" w:rsidRPr="0042492A">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Cuadernos de Administración</w:t>
+        <w:t xml:space="preserve">Cuadernos de </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00725097" w:rsidRPr="0042492A">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t>, y asumo el compromiso de no enviarlo simultáneamente a ningún otro medio de publicación, mientras el proceso de evaluación se resuelva en la revista.</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Administración</w:t>
+      </w:r>
+      <w:r w:rsidR="00725097">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y asumo el compromiso de no enviarlo simultáneamente a ningún otro medio de publicación, mientras el proceso de evaluación se resuelva en la revista.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4834BC60" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
+    <w:p w14:paraId="00000008" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A2B88A4" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="00000009" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Declaro haber hecho uso correcto del derecho de cita, citando y referenciando aquellos elementos que no son de mi autoría. Reconozco que incurrir en alguna forma de plagio (plagio directo, autoplagio) o uso incorrecto de IA para la creación de contenido de</w:t>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Declaro haber hecho uso correcto del derecho de cita, citando y referenciando aquellos elementos que no son de mi autoría. Reconozco que incurrir en alguna forma de plagio (plagio directo, autoplagio) o uso incorrecto de IA para la creación de contenido del artículo (datos de investigación, metodologías, imágenes derivadas de los resultados de la investigación) es motivo de rechazo del manuscrito</w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6325D1BE" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
+    <w:p w14:paraId="0000000A" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CEC61E1" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="0000000B" w14:textId="1F1E0AC5" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">En caso de que el texto resulte aprobado, cederé los derechos patrimoniales y de publicación a la </w:t>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>En caso de que el texto resulte aprobado, cederé los derechos patrimoniales y de publicación a la</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">revista </w:t>
+      <w:r w:rsidR="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> revista </w:t>
       </w:r>
-      <w:r w:rsidRPr="0042492A">
+      <w:r w:rsidR="00725097" w:rsidRPr="0042492A">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cuadernos de Administración</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y a la</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">an necesarios para lograr su publicación. </w:t>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Universidad del Valle, con el compromiso, además, de atender todas las observaciones, correcciones y ajustes que sean necesarios para lograr su publicación. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5373D83E" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
+    <w:p w14:paraId="0000000C" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E3BA4C2" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="0000000D" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Cualquier reclamo que pueda sobrevenir de parte de un tercero por la originalidad o los contenidos de este texto, serán mi responsabilidad exclusiva. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="712C5EF8" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
+    <w:p w14:paraId="0000000E" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E444EA6" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="0000000F" w14:textId="020FC525" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Además, hago constar que he leído y acepto las políticas edi</w:t>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Además, hago constar que he leído y acepto las políticas editoriales de la revista declaradas en su </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">toriales de la revista declaradas en su sitio web: </w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          </w:rPr>
+          <w:tag w:val="goog_rdk_2"/>
+          <w:id w:val="1002444901"/>
+        </w:sdtPr>
+        <w:sdtContent/>
+      </w:sdt>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sitio web</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7">
-        <w:r w:rsidRPr="0042492A">
+      <w:r w:rsidR="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00725097" w:rsidRPr="0092370E">
           <w:rPr>
-            <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-            <w:color w:val="1155CC"/>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://cuadernosdeadministracion.univalle.edu.co/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D8A0834" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
+    <w:p w14:paraId="00000010" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23697AD3" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
+    <w:p w14:paraId="00000011" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2099B284" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
+    <w:p w14:paraId="00000012" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43623ED4" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="00000013" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Cordialmente, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B1132CB" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
+    <w:p w14:paraId="00000014" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DD65F2D" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="00000015" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Firma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="340E1B7D" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="00000016" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nombre completo</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C415198" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="00000017" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Documento de identificación</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10E3FD21" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
+    <w:p w14:paraId="00000018" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1572845A" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
+    <w:p w14:paraId="00000019" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a"/>
-        <w:tblW w:w="9615" w:type="dxa"/>
+        <w:tblStyle w:val="a1"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4965"/>
-        <w:gridCol w:w="4650"/>
+        <w:gridCol w:w="4562"/>
+        <w:gridCol w:w="5503"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F1741C" w14:paraId="038DB08E" w14:textId="77777777">
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="7187883D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9615" w:type="dxa"/>
+            <w:tcW w:w="10065" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="369B6C12" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+          <w:p w14:paraId="0000001A" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>DECLARACIONES</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+              <w:t>FINALES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="77827595" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10065" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000001C" w14:textId="59A18AB7" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Para garantizar la transparencia en las publicaciones de la revista </w:t>
+            </w:r>
+            <w:r w:rsidR="00725097" w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Cuadernos de Administración</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>, la siguiente información se incorporará en el manuscrito en caso de que este sea aprobado.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="23BD8C14" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000001E" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...40 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ÍTEM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4650" w:type="dxa"/>
+            <w:tcW w:w="5503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36FDF4CE" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+          <w:p w14:paraId="0000001F" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>RESPUESTA (Justificar o N/A)</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1741C" w14:paraId="680F962F" w14:textId="77777777">
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="39B3AD8A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4965" w:type="dxa"/>
+            <w:tcW w:w="4562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B8B456C" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+          <w:p w14:paraId="00000020" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Datos de financiación del artículo:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18F30073" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+          <w:p w14:paraId="00000021" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Se debe declarar si el artículo se deriva de un proyecto financiado, la institución que lo financió, o si se recibieron recursos de alguna índole para la investigación, escritura o publicación del artículo.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4650" w:type="dxa"/>
+            <w:tcW w:w="5503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D6508CE" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="00000022" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1741C" w14:paraId="62E64F46" w14:textId="77777777">
+      <w:tr w:rsidR="00B87D29" w:rsidRPr="00725097" w14:paraId="1D0FE3E0" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4965" w:type="dxa"/>
+            <w:tcW w:w="4562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="390170A0" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
-[...7 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="5E4D565A" w14:textId="77777777" w:rsidR="00B87D29" w:rsidRPr="00725097" w:rsidRDefault="00B87D29" w:rsidP="00B87D29">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Proveniencia del manuscrito (opcional)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57F692BC" w14:textId="77777777" w:rsidR="00B87D29" w:rsidRPr="00725097" w:rsidRDefault="00B87D29" w:rsidP="00B87D29">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indique si el manuscrito proviene de una investigación desarrollada en el marco de una maestría o un doctorado, u otros.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="085D65AF" w14:textId="77777777" w:rsidR="00B87D29" w:rsidRPr="00725097" w:rsidRDefault="00B87D29">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Implicaciones éticas:</w:t>
-[...30 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4650" w:type="dxa"/>
+            <w:tcW w:w="5503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50DDAA97" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="02128F4B" w14:textId="77777777" w:rsidR="00B87D29" w:rsidRPr="00725097" w:rsidRDefault="00B87D29">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1741C" w14:paraId="0BC81D88" w14:textId="77777777">
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="3D154B8B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4965" w:type="dxa"/>
+            <w:tcW w:w="4562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="387C2A44" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+          <w:p w14:paraId="00000023" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Declaración de conflicto de interés:</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0E6E3385" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+              <w:t>Implicaciones éticas:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00000024" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...8 lines deleted...]
-              <w:t>Mencione si cuenta con algún conflicto de interés de índole financiero, profesional o personal que interfiera con la presentación o la publicación del manuscrito.</w:t>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Si la investigación que antecede a este artículo implica algún tipo de manejo de información sensible o personal, o si tiene algún tipo de intervención en animales o seres humanos, se debe declarar, y sus implicaciones en la metodología o en el desarrollo particular de la investigación.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4650" w:type="dxa"/>
+            <w:tcW w:w="5503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34BB2D5D" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="00000025" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1741C" w14:paraId="329F7D61" w14:textId="77777777">
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="74FFE71D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4965" w:type="dxa"/>
+            <w:tcW w:w="4562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1721AE98" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+          <w:p w14:paraId="00000026" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Contribuciones del/</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+              <w:t>Declaración de conflicto de interés:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00000027" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Mencione si cuenta con algún conflicto de interés de índole financiero, profesional o personal que interfiera con la presentación o la publicación del manuscrito.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000028" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="185238A7" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000029" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>los autor</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
+              <w:t>Contribuciones del/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>los autor</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
               <w:t>/es:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0233BBF0" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+          <w:p w14:paraId="0000002A" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> en la investigación, escritura y revisión de su manuscrito, de acuerdo con la taxonomía que establece </w:t>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Indique los roles que mejor representen sus contribuciones en la investigación, escritura y revisión de su manuscrito, de acuerdo con la taxonomía que establece </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>CRedIT</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> y que se puede consultar en el siguiente enlace:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15BD9AF1" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+          <w:p w14:paraId="0000002B" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId8">
-              <w:r>
+            <w:hyperlink r:id="rId9">
+              <w:r w:rsidRPr="00725097">
                 <w:rPr>
-                  <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>https://credit.niso.org/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="25EDBE3C" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
+          <w:p w14:paraId="0000002C" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0000002D" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Roles</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0000002E" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Conceptualización, Curaduría de datos, Análisis formal, Adquisición de recursos</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0000002F" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Investigación, Metodología, Administración del proyecto, Recursos, Software, Supervisión, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Validación, Visualización, Escritura (borrador original), Escritura (revisión y edición)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00000030" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00000031" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Como mínimo se deben mencionar los siguientes roles:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00000032" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>-Escritura (preparación del borrador original)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00000033" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>- Escritura (revisión y edición)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00000034" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2CA7D47F" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+          <w:p w14:paraId="00000035" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="3D8FD7AA" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Nota: un rol puede repetirse en diferentes autores.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00000036" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...167 lines deleted...]
-              <w:t>Nota: un rol puede repetirse en diferentes autores.</w:t>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4650" w:type="dxa"/>
+            <w:tcW w:w="5503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FA25B91" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="00000037" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1741C" w14:paraId="2BA03EFB" w14:textId="77777777">
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="25540E8D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1527"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4965" w:type="dxa"/>
+            <w:tcW w:w="4562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B99B274" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+          <w:p w14:paraId="00000038" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Agradecimientos (opcional)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="425FD92B" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+          <w:p w14:paraId="00000039" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Los autores pueden incluir agradecimientos </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>académicos</w:t>
             </w:r>
-            <w:r>
-[...15 lines deleted...]
-          <w:p w14:paraId="721B15F8" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a personas o instituciones que hayan contribuido significativamente a la investigación o a la publicación del manuscrito.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0000003A" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4650" w:type="dxa"/>
+            <w:tcW w:w="5503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1426B2A6" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="0000003B" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1741C" w14:paraId="7E0FACE1" w14:textId="77777777">
-[...85 lines deleted...]
-      <w:tr w:rsidR="00F1741C" w14:paraId="69F8A76B" w14:textId="77777777">
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="4BA3422C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="757"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4965" w:type="dxa"/>
+            <w:tcW w:w="4562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A6835AA" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+          <w:p w14:paraId="0000003C" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Declaración de uso de inteligencia artificial</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4ADF9366" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+          <w:p w14:paraId="0000003D" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">Indique si se utilizó alguna herramienta de inteligencia artificial generativa (como </w:t>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Indique si utilizó alguna herramienta de inteligencia artificial generativa (como </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ChatGPT</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>) en la elaboración del artículo y responda los siguientes puntos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="5"/>
             </w:r>
-            <w:r>
-[...15 lines deleted...]
-              </w:pBdr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0000003E" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>El tipo de herramienta de IA utilizada.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0000003F" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Para qué propósito se empleó.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00000040" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>En qué apartado del manuscrito se aplicó.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00000041" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>En qué fase de la investigación se utilizó (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>e.g</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.: Conceptualización/Planificación, Ejecución/Técnica o Evaluación/Análisis). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00000042" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Cómo se revisó y verificó el contenido generado por IA.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00000043" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4650" w:type="dxa"/>
+            <w:tcW w:w="5503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26D58FC1" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="00000044" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="512E7497" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="757"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000045" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Autor de correspondencia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00000046" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Indique el nombre, correo electrónico y dirección física de la institución del autor que está a cargo de la comunicación con la revista y que responde a las solicitudes del proceso editorial del artículo.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000047" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="033B9894" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
+    <w:p w14:paraId="00000048" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_heading=h.oux0wohqic8p" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="20591E0A" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="00000049" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> en el sistema de Indexación Nacional </w:t>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Agradecemos su colaboración con el diligenciamiento de los siguientes datos, los cuales son fundamentales para completar nuestra base de datos. Además, esta información es necesaria para el registro de los autores (en caso de que se publique el manuscrito) en el sistema de Indexación Nacional </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Publindex</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, del Ministerio de Ciencia, Tecnología e Innovación (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Minciencias</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>) de Colombia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E228EC" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
+    <w:p w14:paraId="0000004A" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a0"/>
-        <w:tblW w:w="10215" w:type="dxa"/>
+        <w:tblStyle w:val="a2"/>
+        <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4950"/>
-        <w:gridCol w:w="5265"/>
+        <w:gridCol w:w="4704"/>
+        <w:gridCol w:w="5503"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F1741C" w14:paraId="2043AF16" w14:textId="77777777">
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="7E3BA031" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10215" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2048B490" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+          <w:p w14:paraId="0000004B" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Datos solicitados</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1741C" w14:paraId="76512F77" w14:textId="77777777">
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="507D61C0" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:tcW w:w="4704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FA0B05D" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="0000004D" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5265" w:type="dxa"/>
+            <w:tcW w:w="5503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="329AC3AA" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="0000004E" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1741C" w14:paraId="7578BDA1" w14:textId="77777777">
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="751BD698" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:tcW w:w="4704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2396D8DA" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="0000004F" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Filiación institucional</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D09D6F8" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> indique la principal)</w:t>
+          <w:p w14:paraId="00000050" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(en caso de contar con más de una filiación, solo indique la principal)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5265" w:type="dxa"/>
+            <w:tcW w:w="5503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D88D5A4" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="00000051" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1741C" w14:paraId="463D6E03" w14:textId="77777777">
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="480468E0" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:tcW w:w="4704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="340FCD83" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="00000052" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Fecha de ingreso a la filiación institucional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5265" w:type="dxa"/>
+            <w:tcW w:w="5503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D4BF687" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="00000053" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1741C" w14:paraId="2906ACD6" w14:textId="77777777">
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="6C382354" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:tcW w:w="4704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DB2422E" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="00000054" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Fecha de egreso de la filiación institucional (si es el caso)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5265" w:type="dxa"/>
+            <w:tcW w:w="5503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AA1B76C" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="00000055" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1741C" w14:paraId="6A96802B" w14:textId="77777777">
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="40B03212" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:tcW w:w="4704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0021584D" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="00000056" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Correo electrónico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5265" w:type="dxa"/>
+            <w:tcW w:w="5503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A452B30" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="00000057" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1741C" w14:paraId="28617D89" w14:textId="77777777">
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="427DAD63" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:tcW w:w="4704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2ABFCE84" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="00000058" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Cédula de ciudadanía/Extranjería/DNI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5265" w:type="dxa"/>
+            <w:tcW w:w="5503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B62624A" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="00000059" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1741C" w14:paraId="12795588" w14:textId="77777777">
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="6A71886D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:tcW w:w="4704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F19C3A4" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="0000005A" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>País de nacimiento</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5265" w:type="dxa"/>
+            <w:tcW w:w="5503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A73405F" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="0000005B" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1741C" w14:paraId="2678C31E" w14:textId="77777777">
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="208BB928" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="173"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:tcW w:w="4704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53D2EDCA" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="0000005C" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Enlace </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>CVlac</w:t>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>CvLAC</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> actualizado </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DF93EBD" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="0000005D" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(solo para autores colombianos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5265" w:type="dxa"/>
+            <w:tcW w:w="5503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DE8C921" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="0000005E" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1741C" w14:paraId="2CDD9AA3" w14:textId="77777777">
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="2B4AFB2A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:tcW w:w="4704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01E21E5C" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="0000005F" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Enlace ORCID con información actualizada (no se aceptan perfiles sin diligenciar)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5265" w:type="dxa"/>
+            <w:tcW w:w="5503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AB35556" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="00000060" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1741C" w14:paraId="480B4D1E" w14:textId="77777777">
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="7692469B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:tcW w:w="4704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C823A41" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="00000061" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Nivel de formación académica (PhD, Magister)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5265" w:type="dxa"/>
+            <w:tcW w:w="5503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B019DB0" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="00000062" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1741C" w14:paraId="2FB93D8B" w14:textId="77777777">
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="64ABAC08" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:tcW w:w="4704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="749A4C1D" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="00000063" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Programa académico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5265" w:type="dxa"/>
+            <w:tcW w:w="5503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E66FB08" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="00000064" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1741C" w14:paraId="7D0D2345" w14:textId="77777777">
+      <w:tr w:rsidR="00496CE2" w:rsidRPr="00725097" w14:paraId="28F39556" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:tcW w:w="4704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="707ADCF4" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="00000065" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725097">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Áreas de investigación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5265" w:type="dxa"/>
+            <w:tcW w:w="5503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="347B6637" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:p w14:paraId="00000066" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7C0EFF5B" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
+    <w:p w14:paraId="00000067" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00496CE2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00F1741C">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId10"/>
+    <w:sectPr w:rsidR="00496CE2" w:rsidRPr="00725097">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12242" w:h="15842"/>
       <w:pgMar w:top="567" w:right="1701" w:bottom="567" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1FEE9DB0" w14:textId="77777777" w:rsidR="00A71D8C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="55BFAEAE" w14:textId="77777777" w:rsidR="00657CFB" w:rsidRDefault="00657CFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29004B07" w14:textId="77777777" w:rsidR="00A71D8C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="6BC05414" w14:textId="77777777" w:rsidR="00657CFB" w:rsidRDefault="00657CFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Noto Sans Symbols">
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{4E4AE495-0E7C-46E1-BFC3-3B3B72BBD8BE}"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{E10518F4-49A3-4227-AAE6-1849ECB2A6D2}"/>
-    <w:embedBold r:id="rId2" w:fontKey="{69617F65-C414-46B6-8E21-8012A4EF138F}"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{A5C01E76-2390-49A5-A670-062A052C4E2F}"/>
+    <w:embedBold r:id="rId3" w:fontKey="{37D35491-E4E7-4FFB-B575-8566674AE529}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{9AFF747F-D514-451E-A398-5C63F3BA948C}"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{19297056-6921-4120-AD74-D40A6C738D39}"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedItalic r:id="rId4" w:fontKey="{6C495BE8-A419-4962-89CD-E85C232C9F07}"/>
+    <w:embedItalic r:id="rId5" w:fontKey="{3901E01F-B6A5-4CAE-9F9D-419BB35BF357}"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{1EB177E2-F845-468B-ABEE-4B8D08F84EBF}"/>
-[...1 lines deleted...]
-    <w:embedItalic r:id="rId7" w:fontKey="{7B1F7EDA-9FBB-4589-920A-B5E7BF07F810}"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{FCCD2527-56E6-4550-8268-72030D5AAF55}"/>
+    <w:embedBold r:id="rId7" w:fontKey="{2C819E2F-5F4C-4E96-A2A6-A92E412DAAA1}"/>
+    <w:embedItalic r:id="rId8" w:fontKey="{F01D5F88-FB81-4C55-A7AA-2FD8D0783985}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="41D35796" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0000006F" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRDefault="00496CE2">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="63D3F16D" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+  <w:p w14:paraId="5AE3BD18" w14:textId="77777777" w:rsidR="00725097" w:rsidRDefault="00725097" w:rsidP="00725097">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0042492A">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
@@ -2948,465 +3250,610 @@
         <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve">124 - Calle 4B </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="0042492A">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>N°</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="0042492A">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve"> 36-00</w:t>
     </w:r>
   </w:p>
+  <w:p w14:paraId="00000072" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRDefault="00496CE2">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="45BA95DC" w14:textId="77777777" w:rsidR="00A71D8C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="0F547517" w14:textId="77777777" w:rsidR="00657CFB" w:rsidRDefault="00657CFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74C79851" w14:textId="77777777" w:rsidR="00A71D8C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="04B7855D" w14:textId="77777777" w:rsidR="00657CFB" w:rsidRDefault="00657CFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="5CAB5E1D" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="00000068" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Si el manuscrito tiene imágenes, figuras o algún texto para el que sea necesario un permiso de reúso o reproducción, aquí se debe hacer la </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">salvedad y afirmar que se cuenta con las debidas autorizaciones y relacionar de qué obras se trata. Tales autorizaciones deben enviarse como adjunto a esta carta. </w:t>
+        <w:t xml:space="preserve"> Si el manuscrito tiene imágenes, figuras o algún texto para el que sea necesario un permiso de reúso o reproducción, aquí se debe hacer la salvedad y afirmar que se cuenta con las debidas autorizaciones y relacionar de qué obras se trata. Tales autorizaciones deben enviarse como adjunto a esta carta. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="3546736D" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="00000069" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> El ocultar el uso de herramientas de IA será considerado una falta ética y será motivo de </w:t>
-[...8 lines deleted...]
-        <w:t>rechazo de un manuscrito en cualquier fase del proceso de publicación.</w:t>
+        <w:t xml:space="preserve"> El ocultar el uso de herramientas de IA será considerado una falta ética y será motivo de rechazo de un manuscrito en cualquier fase del proceso de publicación.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="6AC6DDDC" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="0000006A" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRDefault="00DF0D87">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Esta carta de compromiso debe ser firmada por el autor de correspondencia y por todos los autores.</w:t>
+        <w:t xml:space="preserve"> En caso de que el manuscrito cuente con más de un autor, cada uno de ellos deberá firmar una carta individual. Esto con el fin de garantizar mayor claridad.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="6A3A22C7" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="0000006B" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="00725097" w:rsidRDefault="00DF0D87">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="00725097">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> En caso de que alguno de estos ítems no aplique en su manuscrito, por favor indicarlo como "N/A" en la casilla de respuesta.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="53550ED3" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+    <w:p w14:paraId="0000006C" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRPr="001503F0" w:rsidRDefault="00DF0D87">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="001503F0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="001503F0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Todo contenido generado por IA debe ser supervisado, editado y validado por los autores. La responsabilidad del contenido recae </w:t>
-[...8 lines deleted...]
-        <w:t>exclusivamente en los firmantes.</w:t>
+        <w:t xml:space="preserve"> Todo contenido generado por IA debe ser supervisado, editado y validado por los autores. La responsabilidad del contenido recae exclusivamente en los firmantes.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="517CD60D" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00A71D8C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0000006D" w14:textId="26AD62E6" w:rsidR="00496CE2" w:rsidRDefault="00725097">
     <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="114300" distB="114300" distL="114300" distR="114300" wp14:anchorId="77B315EF" wp14:editId="2C5D746D">
+        <wp:inline distT="114300" distB="114300" distL="114300" distR="114300" wp14:anchorId="64B7DE5B" wp14:editId="59386393">
           <wp:extent cx="1829753" cy="498316"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="2" name="image1.png"/>
+          <wp:docPr id="2" name="image1.png" descr="Logotipo&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image1.png"/>
+                  <pic:cNvPr id="2" name="image1.png" descr="Logotipo&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1829753" cy="498316"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00DF0D87">
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00DF0D87">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="18484427" wp14:editId="276B5BBE">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="47499499" wp14:editId="6CD67A43">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5482590</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-50164</wp:posOffset>
+            <wp:posOffset>-50162</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="828675" cy="687705"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
-          <wp:docPr id="3" name="image2.png"/>
+          <wp:docPr id="3" name="image1.png"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image2.png"/>
+                  <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="828675" cy="687705"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3D2C9C9F" w14:textId="77777777" w:rsidR="00F1741C" w:rsidRDefault="00F1741C">
+  <w:p w14:paraId="0000006E" w14:textId="77777777" w:rsidR="00496CE2" w:rsidRDefault="00496CE2">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1AA73683"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="03CCF4C8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1517964256">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F1741C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F1741C"/>
+    <w:rsidRoot w:val="00496CE2"/>
+    <w:rsid w:val="001503F0"/>
+    <w:rsid w:val="00445F3C"/>
+    <w:rsid w:val="00496CE2"/>
+    <w:rsid w:val="00657CFB"/>
+    <w:rsid w:val="00725097"/>
+    <w:rsid w:val="00B87D29"/>
+    <w:rsid w:val="00DF0D87"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="083B41CA"/>
-  <w15:docId w15:val="{19C6C284-1F25-4BC6-8CE2-56066C086B77}"/>
+  <w14:docId w14:val="5A0DC62C"/>
+  <w15:docId w15:val="{68999788-E003-4735-B170-4D019A002DDD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-CO" w:eastAsia="es-CO" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3941,50 +4388,61 @@
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0005085C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0005085C"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
@@ -4289,115 +4747,179 @@
     <w:link w:val="Asuntodelcomentario"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000E5A64"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00745ECA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Subttulo">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a">
-    <w:basedOn w:val="TableNormal"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a1">
+    <w:basedOn w:val="TableNormal0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
-    <w:basedOn w:val="TableNormal"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a2">
+    <w:basedOn w:val="TableNormal0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B87D29"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="911937424">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cuadernosdeadministracion.univalle.edu.co/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cuadernosdeadministracion.univalle.edu.co/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -4649,67 +5171,76 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
-  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mgJiIseSvSaUmhhs5AJ964BOiQUHA==">CgMxLjA4AHIhMXBSd2JjSTl1dzRDUEtqVmdDc1R0ZjVfVndiOXpkVUpM</go:docsCustomData>
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7miCkumi7CbxtGglHu55q+Vnd37NyQ==">CgMxLjAaJwoBMBIiCiAIBCocCgtBQUFCdHdZYzh1QRAIGgtBQUFCdHdZYzh1QRonCgExEiIKIAgEKhwKC0FBQUJ0d1ljOHQ4EAgaC0FBQUJ0d1ljOHQ4GicKATISIgogCAQqHAoLQUFBQnR3WWM4dUUQCBoLQUFBQnR3WWM4dUUi0AIKC0FBQUJ0d1ljOHQ4Eq4CCgtBQUFCdHdZYzh0OBILQUFBQnR3WWM4dDgaKQoJdGV4dC9odG1sEhxJbmNsdWlyIG5vbWJyZSBkZSBsYSByZXZpc3RhIioKCnRleHQvcGxhaW4SHEluY2x1aXIgbm9tYnJlIGRlIGxhIHJldmlzdGEqPgoFQXV0b3IaNS8vc3NsLmdzdGF0aWMuY29tL2RvY3MvY29tbW9uL2JsdWVfc2lsaG91ZXR0ZTk2LTAucG5nMOgHOOgHckAKBUF1dG9yGjcKNS8vc3NsLmdzdGF0aWMuY29tL2RvY3MvY29tbW9uL2JsdWVfc2lsaG91ZXR0ZTk2LTAucG5neACIAQGaAQYIABAAGACqAR4SHEluY2x1aXIgbm9tYnJlIGRlIGxhIHJldmlzdGGwAQC4AQEY6Acg6AcwAEIIa2l4LmNtdDEiqQIKC0FBQUJ0d1ljOHVFEocCCgtBQUFCdHdZYzh1RRILQUFBQnR3WWM4dUUaHAoJdGV4dC9odG1sEg9BZ3JlZ2FyIGVubGFjZS4iHQoKdGV4dC9wbGFpbhIPQWdyZWdhciBlbmxhY2UuKj4KBUF1dG9yGjUvL3NzbC5nc3RhdGljLmNvbS9kb2NzL2NvbW1vbi9ibHVlX3NpbGhvdWV0dGU5Ni0wLnBuZzDoBzjoB3JACgVBdXRvcho3CjUvL3NzbC5nc3RhdGljLmNvbS9kb2NzL2NvbW1vbi9ibHVlX3NpbGhvdWV0dGU5Ni0wLnBuZ3gAiAEBmgEGCAAQABgAqgEREg9BZ3JlZ2FyIGVubGFjZS6wAQC4AQEY6Acg6AcwAEIIa2l4LmNtdDIi0AIKC0FBQUJ0d1ljOHVBEq4CCgtBQUFCdHdZYzh1QRILQUFBQnR3WWM4dUEaKQoJdGV4dC9odG1sEhxJbmNsdWlyIG5vbWJyZSBkZSBsYSByZXZpc3RhIioKCnRleHQvcGxhaW4SHEluY2x1aXIgbm9tYnJlIGRlIGxhIHJldmlzdGEqPgoFQXV0b3IaNS8vc3NsLmdzdGF0aWMuY29tL2RvY3MvY29tbW9uL2JsdWVfc2lsaG91ZXR0ZTk2LTAucG5nMOgHOOgHckAKBUF1dG9yGjcKNS8vc3NsLmdzdGF0aWMuY29tL2RvY3MvY29tbW9uL2JsdWVfc2lsaG91ZXR0ZTk2LTAucG5neACIAQGaAQYIABAAGACqAR4SHEluY2x1aXIgbm9tYnJlIGRlIGxhIHJldmlzdGGwAQC4AQEY6Acg6AcwAEIIa2l4LmNtdDAyDmgub3V4MHdvaHFpYzhwOAByITF2Q2EwT09YaEptMTluV0dnSWtjbXVvSXFhN2ozUGdncw==</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4133</Characters>
+  <Pages>4</Pages>
+  <Words>838</Words>
+  <Characters>4610</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4875</CharactersWithSpaces>
+  <CharactersWithSpaces>5438</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Lida Patiño</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>a8821b81-ba08-4c8b-8d6f-e74c32b79344</vt:lpwstr>
+  </property>
+</Properties>
+</file>